--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -818,51 +818,51 @@
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BAC5C9C" w14:textId="4BBE9110" w:rsidR="00737BE8" w:rsidRDefault="00737BE8"/>
     <w:p w14:paraId="68D001C7" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRDefault="00FF0519"/>
     <w:p w14:paraId="09572994" w14:textId="1AF505E8" w:rsidR="00C91437" w:rsidRDefault="00C91437" w:rsidP="00C91437">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sec 607  Fencing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FAC34E" w14:textId="771D7B49" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
+    <w:p w14:paraId="30FAC34E" w14:textId="1DD06187" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Decorative Pedestrian Fence</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -888,51 +888,57 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00825A5A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00825A5A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>11/20/24</w:t>
+        <w:t>11/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6BAF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>17/25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2706F58E" w14:textId="77777777" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19254841" w14:textId="77777777" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -1515,86 +1521,101 @@
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFACA18" w14:textId="0CD3D26A" w:rsidR="00EC2DFA" w:rsidRDefault="00EC2DFA"/>
     <w:p w14:paraId="353BEBD3" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRDefault="00FF0519"/>
     <w:p w14:paraId="7627F42D" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sec 704  Concrete Masonry Repair</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C28C992" w14:textId="30DEBC03" w:rsidR="00D362BB" w:rsidRDefault="00D362BB" w:rsidP="005B3997">
+    <w:p w14:paraId="7C28C992" w14:textId="41AE337D" w:rsidR="00D362BB" w:rsidRDefault="00D362BB" w:rsidP="005B3997">
       <w:r>
         <w:t>Concrete Crack Filler</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0078152F">
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0078152F">
-        <w:t>11/13/24</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26095">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0078152F">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26095">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0078152F">
+        <w:t>1/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26095">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7572A728" w14:textId="113A1448" w:rsidR="005B3997" w:rsidRDefault="005B3997" w:rsidP="005B3997">
       <w:r>
         <w:t>Concrete Wearing Surface Repair</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -3148,99 +3169,99 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="145B0CD6" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0408306F" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="269DAA09" w14:textId="1858DA04" w:rsidR="007B2C97" w:rsidRDefault="0067664F" w:rsidP="004F07BE">
+  <w:p w14:paraId="269DAA09" w14:textId="6C9D1222" w:rsidR="007B2C97" w:rsidRDefault="0067664F" w:rsidP="004F07BE">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t xml:space="preserve">BRIDGE </w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>SPECIAL PROVISIONS LISTING</w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="003C26D9">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
-    <w:r w:rsidR="00B33775">
+    <w:r w:rsidR="00F26095">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
-      <w:t>8/2</w:t>
+      <w:t>11</w:t>
     </w:r>
-    <w:r w:rsidR="00D252BF">
+    <w:r w:rsidR="00AD6BAF">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>/17</w:t>
     </w:r>
     <w:r w:rsidR="00C91437">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00794C88">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00732742">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
@@ -3583,51 +3604,51 @@
       <w:t>ersion.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2037B658" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B483A"/>
     <w:rsid w:val="000022D8"/>
     <w:rsid w:val="0001644A"/>
     <w:rsid w:val="0004514E"/>
     <w:rsid w:val="00046BCE"/>
     <w:rsid w:val="00051DDC"/>
     <w:rsid w:val="000619A1"/>
     <w:rsid w:val="000663D0"/>
@@ -3642,50 +3663,51 @@
     <w:rsid w:val="0013020F"/>
     <w:rsid w:val="00167DF7"/>
     <w:rsid w:val="00180854"/>
     <w:rsid w:val="00190F41"/>
     <w:rsid w:val="001A13FA"/>
     <w:rsid w:val="001C6B2E"/>
     <w:rsid w:val="001D26C5"/>
     <w:rsid w:val="001D3C5A"/>
     <w:rsid w:val="001E052A"/>
     <w:rsid w:val="00254C47"/>
     <w:rsid w:val="00254DE3"/>
     <w:rsid w:val="0026620C"/>
     <w:rsid w:val="00284C73"/>
     <w:rsid w:val="002948CC"/>
     <w:rsid w:val="002A4EEB"/>
     <w:rsid w:val="002B3FAA"/>
     <w:rsid w:val="002C69C1"/>
     <w:rsid w:val="002C6CC2"/>
     <w:rsid w:val="002C73B0"/>
     <w:rsid w:val="002E7C39"/>
     <w:rsid w:val="00314D3D"/>
     <w:rsid w:val="003178F5"/>
     <w:rsid w:val="003272C4"/>
     <w:rsid w:val="00330A7A"/>
     <w:rsid w:val="0033389F"/>
+    <w:rsid w:val="0037341D"/>
     <w:rsid w:val="0037359B"/>
     <w:rsid w:val="0037516A"/>
     <w:rsid w:val="00381411"/>
     <w:rsid w:val="003833C4"/>
     <w:rsid w:val="003A2BF2"/>
     <w:rsid w:val="003B6E33"/>
     <w:rsid w:val="003C26D9"/>
     <w:rsid w:val="003E2B58"/>
     <w:rsid w:val="003E2B9A"/>
     <w:rsid w:val="00405A2D"/>
     <w:rsid w:val="004142AA"/>
     <w:rsid w:val="00433887"/>
     <w:rsid w:val="00444733"/>
     <w:rsid w:val="004624D1"/>
     <w:rsid w:val="004778BC"/>
     <w:rsid w:val="00485184"/>
     <w:rsid w:val="00495A62"/>
     <w:rsid w:val="00496649"/>
     <w:rsid w:val="004B04FE"/>
     <w:rsid w:val="004B764B"/>
     <w:rsid w:val="004C33C2"/>
     <w:rsid w:val="004D6BAD"/>
     <w:rsid w:val="004E3D98"/>
     <w:rsid w:val="004E5DEC"/>
     <w:rsid w:val="004F07BE"/>
@@ -3742,76 +3764,78 @@
     <w:rsid w:val="00812D6E"/>
     <w:rsid w:val="008147BA"/>
     <w:rsid w:val="00822E65"/>
     <w:rsid w:val="00823A73"/>
     <w:rsid w:val="00825A5A"/>
     <w:rsid w:val="0082722F"/>
     <w:rsid w:val="00830E8C"/>
     <w:rsid w:val="00832DF3"/>
     <w:rsid w:val="008334FB"/>
     <w:rsid w:val="00835365"/>
     <w:rsid w:val="008431B7"/>
     <w:rsid w:val="00852B73"/>
     <w:rsid w:val="00873C1F"/>
     <w:rsid w:val="00876146"/>
     <w:rsid w:val="008A047D"/>
     <w:rsid w:val="008A1D66"/>
     <w:rsid w:val="008B0F14"/>
     <w:rsid w:val="008C27E2"/>
     <w:rsid w:val="008E0CCD"/>
     <w:rsid w:val="008E4392"/>
     <w:rsid w:val="0090565E"/>
     <w:rsid w:val="00910B90"/>
     <w:rsid w:val="00911154"/>
     <w:rsid w:val="00915B2C"/>
     <w:rsid w:val="00920378"/>
+    <w:rsid w:val="00926C3D"/>
     <w:rsid w:val="009352C2"/>
     <w:rsid w:val="009412BA"/>
     <w:rsid w:val="009509EB"/>
     <w:rsid w:val="009511D7"/>
     <w:rsid w:val="009547B0"/>
     <w:rsid w:val="009A03AF"/>
     <w:rsid w:val="009A0B6A"/>
     <w:rsid w:val="009B3BC2"/>
     <w:rsid w:val="009C331C"/>
     <w:rsid w:val="009D5761"/>
     <w:rsid w:val="009E75FA"/>
     <w:rsid w:val="009F0189"/>
     <w:rsid w:val="009F032E"/>
     <w:rsid w:val="009F2808"/>
     <w:rsid w:val="00A00FA3"/>
     <w:rsid w:val="00A07CC0"/>
     <w:rsid w:val="00A126C6"/>
     <w:rsid w:val="00A14CE4"/>
     <w:rsid w:val="00A23DA0"/>
     <w:rsid w:val="00A3062E"/>
     <w:rsid w:val="00A33F44"/>
     <w:rsid w:val="00A50476"/>
     <w:rsid w:val="00A670E3"/>
     <w:rsid w:val="00A87485"/>
     <w:rsid w:val="00AA2F9E"/>
     <w:rsid w:val="00AD63A8"/>
+    <w:rsid w:val="00AD6BAF"/>
     <w:rsid w:val="00AF3A8F"/>
     <w:rsid w:val="00AF4002"/>
     <w:rsid w:val="00AF5A6C"/>
     <w:rsid w:val="00B032F5"/>
     <w:rsid w:val="00B134A2"/>
     <w:rsid w:val="00B22D34"/>
     <w:rsid w:val="00B30532"/>
     <w:rsid w:val="00B30693"/>
     <w:rsid w:val="00B33775"/>
     <w:rsid w:val="00B339CD"/>
     <w:rsid w:val="00B361A3"/>
     <w:rsid w:val="00B4014E"/>
     <w:rsid w:val="00B7424C"/>
     <w:rsid w:val="00B839CF"/>
     <w:rsid w:val="00B870FF"/>
     <w:rsid w:val="00BB537B"/>
     <w:rsid w:val="00BB5E50"/>
     <w:rsid w:val="00BC5A07"/>
     <w:rsid w:val="00BD1386"/>
     <w:rsid w:val="00BD75C5"/>
     <w:rsid w:val="00BE7ED3"/>
     <w:rsid w:val="00C02702"/>
     <w:rsid w:val="00C03B1E"/>
     <w:rsid w:val="00C10F3E"/>
     <w:rsid w:val="00C417F2"/>
@@ -3836,84 +3860,85 @@
     <w:rsid w:val="00D524F5"/>
     <w:rsid w:val="00D633BE"/>
     <w:rsid w:val="00D64077"/>
     <w:rsid w:val="00D6574B"/>
     <w:rsid w:val="00D90512"/>
     <w:rsid w:val="00DA6F93"/>
     <w:rsid w:val="00DC7AA3"/>
     <w:rsid w:val="00DD535B"/>
     <w:rsid w:val="00DE6103"/>
     <w:rsid w:val="00E12C5B"/>
     <w:rsid w:val="00E13484"/>
     <w:rsid w:val="00E20E4C"/>
     <w:rsid w:val="00E318CD"/>
     <w:rsid w:val="00E4619D"/>
     <w:rsid w:val="00E61161"/>
     <w:rsid w:val="00E6709A"/>
     <w:rsid w:val="00E8112C"/>
     <w:rsid w:val="00E83538"/>
     <w:rsid w:val="00E93DA7"/>
     <w:rsid w:val="00EA030E"/>
     <w:rsid w:val="00EA5758"/>
     <w:rsid w:val="00EC2DFA"/>
     <w:rsid w:val="00EF0E67"/>
     <w:rsid w:val="00F10CE4"/>
     <w:rsid w:val="00F15801"/>
+    <w:rsid w:val="00F26095"/>
     <w:rsid w:val="00F32EF2"/>
     <w:rsid w:val="00F340BE"/>
     <w:rsid w:val="00F43F1B"/>
     <w:rsid w:val="00F474DE"/>
     <w:rsid w:val="00F52D60"/>
     <w:rsid w:val="00F55284"/>
     <w:rsid w:val="00F57A20"/>
     <w:rsid w:val="00F65FA9"/>
     <w:rsid w:val="00FB3724"/>
     <w:rsid w:val="00FB382E"/>
     <w:rsid w:val="00FB5532"/>
     <w:rsid w:val="00FC610A"/>
     <w:rsid w:val="00FD48BC"/>
     <w:rsid w:val="00FF0519"/>
     <w:rsid w:val="00FF3666"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B2B57CC"/>
   <w15:docId w15:val="{D79069A6-4896-4246-811E-373467B16736}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4724,50 +4749,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Description0 xmlns="0ada2d14-b455-4b58-8da1-5536f6aadc75" xsi:nil="true"/>
+    <Send_x0020_to_x0020_EPG xmlns="0ada2d14-b455-4b58-8da1-5536f6aadc75">false</Send_x0020_to_x0020_EPG>
+    <Who xmlns="0ada2d14-b455-4b58-8da1-5536f6aadc75">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Who>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A8FEFAC1029346478BA62336F3226A1E" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a7ede1b0583ed87b90808977c8c9cd74">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="0ada2d14-b455-4b58-8da1-5536f6aadc75" xmlns:ns4="ad9d4930-8371-4964-a992-add2aee42fd9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d6b3f269265257df952de861f0a3020" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="0ada2d14-b455-4b58-8da1-5536f6aadc75"/>
     <xsd:import namespace="ad9d4930-8371-4964-a992-add2aee42fd9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns3:Send_x0020_to_x0020_EPG" minOccurs="0"/>
                 <xsd:element ref="ns3:Who" minOccurs="0"/>
                 <xsd:element ref="ns3:Description0" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -4913,141 +4968,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE046DD7-C90C-4A4B-8301-DC32D1499A12}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="ad9d4930-8371-4964-a992-add2aee42fd9"/>
+    <ds:schemaRef ds:uri="0ada2d14-b455-4b58-8da1-5536f6aadc75"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A25632E9-BBE7-4946-8921-6FD09C9D86B5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC20C8AB-7A12-429C-931E-3334079E2AF1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9656FBC-707B-4CED-9A75-E39AA522A993}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="0ada2d14-b455-4b58-8da1-5536f6aadc75"/>
     <ds:schemaRef ds:uri="ad9d4930-8371-4964-a992-add2aee42fd9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>655</Words>
-  <Characters>4375</Characters>
+  <Words>654</Words>
+  <Characters>4376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>162</Lines>
   <Paragraphs>122</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Specials Listings</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4908</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>